--- v0 (2025-12-17)
+++ v1 (2026-03-21)
@@ -1,12132 +1,15621 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="tiff" ContentType="image/tiff"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="36A2AF71" w14:textId="77777777" w:rsidR="00570A82" w:rsidRPr="00BE390F" w:rsidRDefault="00570A82" w:rsidP="006C6717">
+    <w:p w14:paraId="5BF210AD" w14:textId="7F865DEB" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="00AD648D">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:pStyle w:val="Title16pt"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Title of the article (font size: 16, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>centered</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7076A7B1" w14:textId="1EF0163A" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28" w:rsidP="0018076F">
+      <w:pPr>
+        <w:pStyle w:val="AuthorNames"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>Firstname</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> Lastname</w:t>
+      </w:r>
+      <w:r w:rsidR="00764F08" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00764F08" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48BA90C9" wp14:editId="28E9D548">
+            <wp:extent cx="162000" cy="162000"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="988853649" name="Obraz 2">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId9"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="988853649" name="Obraz 2">
+                      <a:hlinkClick r:id="rId9"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="162000" cy="162000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>Firstname</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> Lastname </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2,</w:t>
+      </w:r>
+      <w:r w:rsidR="00764F08" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F2D3D45" wp14:editId="036611CC">
+            <wp:extent cx="162000" cy="162000"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="356685761" name="Obraz 2">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId9"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="988853649" name="Obraz 2">
+                      <a:hlinkClick r:id="rId9"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="162000" cy="162000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5DD8" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> (max 10 authors allowed</w:t>
+      </w:r>
+      <w:r w:rsidR="00761966" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00761966" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">each author's ORCID icon must be a functional hyperlink </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="004D0A59" w:rsidRPr="007B6A35">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://orcid.org/XXXX-XXXX-XXXX-XXXX</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004D0A59" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00761966" w:rsidRPr="007B6A35">
+        <w:t>to their profile</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5DD8" w:rsidRPr="007B6A35">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130C3241" w14:textId="17DA5AD6" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
+      <w:pPr>
+        <w:pStyle w:val="Affiliations"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00801EBA" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">University </w:t>
+      </w:r>
+      <w:r w:rsidR="00801EBA" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>name</w:t>
+      </w:r>
+      <w:r w:rsidR="00801EBA" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (without Department/Faculty), Country, e-mail address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F0B251" w14:textId="3A331359" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
+      <w:pPr>
+        <w:pStyle w:val="Affiliations"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00801EBA" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>University name (without Department/Faculty), Country, e-mail address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF5AAF1" w14:textId="34D0E311" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
+      <w:pPr>
+        <w:pStyle w:val="Correspondence"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
           <w:b/>
-          <w:caps/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00801EBA" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:rStyle w:val="Correspondence0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Corresponding author</w:t>
+      </w:r>
+      <w:r w:rsidR="00801EBA" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:rStyle w:val="Correspondence0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e-mail@e-mail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AB870A" w14:textId="1E9415C9" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28" w:rsidP="00501AA4">
+      <w:pPr>
+        <w:pStyle w:val="Abstract"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
           <w:b/>
-          <w:caps/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Abstract:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F134F" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="0018076F" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">Abstract </w:t>
+      </w:r>
+      <w:r w:rsidR="009F134F" w:rsidRPr="007B6A35">
+        <w:t>should be a single paragraph that concisely summarizes the entire paper. It must be self-contained and understandable without reference to the main text. The typical length is 150–250 words. State the context of the study and the specific problem or objective</w:t>
+      </w:r>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009F134F" w:rsidRPr="007B6A35">
+        <w:t>Avoid generalities; focus on why this study was necessary.</w:t>
+      </w:r>
+      <w:r w:rsidR="0018076F" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> Define all symbols used in the abstract. Do not cite references in the abstract.</w:t>
+      </w:r>
+      <w:r w:rsidR="00786BC2" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DD1" w:rsidRPr="007B6A35">
+        <w:t>Times New Roman, f</w:t>
+      </w:r>
+      <w:r w:rsidR="00786BC2" w:rsidRPr="007B6A35">
+        <w:t>ont size: 10, italic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="636859E8" w14:textId="6171476C" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28" w:rsidP="004D7DFF">
+      <w:pPr>
+        <w:pStyle w:val="keywords"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
           <w:b/>
-          <w:caps/>
-[...12 lines deleted...]
-        <w:t>539.3</w:t>
+        </w:rPr>
+        <w:t>Keywords:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD648D" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> keyword1</w:t>
+      </w:r>
+      <w:r w:rsidR="00671688" w:rsidRPr="007B6A35">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD648D" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> keyword keyword2</w:t>
+      </w:r>
+      <w:r w:rsidR="00671688" w:rsidRPr="007B6A35">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD648D" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0A73" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>5-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80B16" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD648D" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> word</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80B16" w:rsidRPr="007B6A35">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40457" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40457" w:rsidRPr="007B6A35">
+        <w:t>separated by semicolons</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD648D" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40457" w:rsidRPr="007B6A35">
+        <w:t>should include the main terms of the research area</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40457" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>avoid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>repeating</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>already</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD648D" w:rsidRPr="007B6A35">
+        <w:t>font size: 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A56E4C" w:rsidRPr="007B6A35">
+        <w:t>0, italic</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A3148B6" w14:textId="77777777" w:rsidR="00570A82" w:rsidRPr="00BE390F" w:rsidRDefault="00570A82" w:rsidP="006C6717">
+    <w:p w14:paraId="0B77724C" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C90619" w14:textId="4B09AA43" w:rsidR="00C40457" w:rsidRPr="007B6A35" w:rsidRDefault="009F134F" w:rsidP="0024324D">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">This document provides the instructions for preparing papers for </w:t>
+      </w:r>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">Scientific Journal of the Ternopil National Technical University. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40457" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">The authors ensure that the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11C9B" w:rsidRPr="007B6A35">
+        <w:t>study is free of plagiarism</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40457" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11C9B" w:rsidRPr="007B6A35">
+        <w:t>that it follows ethical research standards</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40457" w:rsidRPr="007B6A35">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00786BC2" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> The submission has not been previously published, nor is it before another journal for consideration</w:t>
+      </w:r>
+      <w:r w:rsidR="00786BC2" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D045111" w14:textId="2CB9833B" w:rsidR="00D80B16" w:rsidRPr="007B6A35" w:rsidRDefault="009F134F" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">Use this document as a template if you are using Microsoft Word. Otherwise, use this document as an instruction set. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DD1" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">Do not change the sizes of the font, document preferences settings, and padding between the separate blocks of the text. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E0644A7" w14:textId="571F7625" w:rsidR="00FB0F16" w:rsidRPr="007B6A35" w:rsidRDefault="00FB0F16" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>Page size - standard A4 (210 x 297 mm). All margins (Top, Bottom, Left, and Right) must be set to exactly 2.5 cm</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DD1" w:rsidRPr="007B6A35">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1779A3C4" w14:textId="09BDA257" w:rsidR="009F134F" w:rsidRPr="007B6A35" w:rsidRDefault="009F134F" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>Paper titles should be written in uppercase and lowercase letters, not all uppercase.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40457" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:snapToGrid/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40457" w:rsidRPr="007B6A35">
+        <w:t>Maximum 1</w:t>
+      </w:r>
+      <w:r w:rsidR="001E754F" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40457" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> words, concise, and informative. Avoid abbreviations</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40457" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> Full names of authors are required in the author field.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27AABE74" w14:textId="79D72006" w:rsidR="00C40457" w:rsidRPr="007B6A35" w:rsidRDefault="00C40457" w:rsidP="00C40457">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>context</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>It</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6FBF2C9B" w14:textId="77777777" w:rsidR="008A4760" w:rsidRPr="00BE390F" w:rsidRDefault="008A4760" w:rsidP="006C6717">
+    <w:p w14:paraId="62B3207D" w14:textId="538FEAE4" w:rsidR="00C40457" w:rsidRPr="007B6A35" w:rsidRDefault="00C40457" w:rsidP="00C40457">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...700 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:pStyle w:val="Text"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE390F">
-[...6 lines deleted...]
-        <w:t>INTRODUCTION</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>art</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>literature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>last</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3–5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>years</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B369917" w14:textId="77777777" w:rsidR="00BE390F" w:rsidRPr="00BE390F" w:rsidRDefault="00BE390F" w:rsidP="00BE390F">
+    <w:p w14:paraId="47051AFA" w14:textId="5333204B" w:rsidR="00C40457" w:rsidRPr="007B6A35" w:rsidRDefault="00C40457" w:rsidP="00C40457">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
-[...666 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:pStyle w:val="Text"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Identification</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>gap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>" (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>what</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>missing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>current</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>science</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2394B607" w14:textId="29E8C270" w:rsidR="00C40457" w:rsidRPr="007B6A35" w:rsidRDefault="00C40457" w:rsidP="00C40457">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>clear</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>objective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>aim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>paper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00688D61" w14:textId="0047BC41" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>The first section of the paper is usually an introduction section, in which the background, the topic</w:t>
+      </w:r>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00671688" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">aims are described. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C80209" w14:textId="77777777" w:rsidR="00A36F05" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28" w:rsidP="003A2DAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36F05" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Methods</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111EA1A2" w14:textId="0D6A322D" w:rsidR="00A36F05" w:rsidRPr="007B6A35" w:rsidRDefault="00BA1810" w:rsidP="00A36F05">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>methods</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>sufficient</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>detail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>allow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>total</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>replication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>It</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>opens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Design</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>describing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>overarching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>framework</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>whether</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>experimental</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>theoretical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>case</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>duration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Collection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>details</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>sources</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>including</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>sampling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>techniques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>equipment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AI-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>assisted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>generation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>parameters</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Analysis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>sub-section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>specifies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>analytical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>tools</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>employed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>including</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>software</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>versions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>statistical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>tests</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>qualitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>coding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>frameworks</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>process</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>raw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A3ED288" w14:textId="77777777" w:rsidR="00BA1810" w:rsidRPr="007B6A35" w:rsidRDefault="00BA1810" w:rsidP="00BA1810">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>3. Results</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E07E356" w14:textId="274CDFE5" w:rsidR="00A36F05" w:rsidRPr="007B6A35" w:rsidRDefault="00BA1810" w:rsidP="00BA1810">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>presents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>objectively</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>without</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>subjective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>interpretation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>guides</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>reader</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>through</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>most</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>significant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>points</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>consistently</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>cross-referencing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>tables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>figures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>narrative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Rather</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>than</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>repeating</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>every</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>value</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>found</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>graphics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>focus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>remains</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Key</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Trends</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>statistically</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>significant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>correlations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>ensures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>most</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>critical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>outcomes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>experiments</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>observations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>highlighted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>clearly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>concisely</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>reader</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24294969" w14:textId="77777777" w:rsidR="00BA1810" w:rsidRPr="007B6A35" w:rsidRDefault="00BA1810" w:rsidP="00BA1810">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>4. Discussion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2EDCD1" w14:textId="2852EEB1" w:rsidR="00BA1810" w:rsidRPr="007B6A35" w:rsidRDefault="004854E1" w:rsidP="00BA1810">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Discussion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>interprets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>broader</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>scientific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>context</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>involves</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>critical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Comparison</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>previous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>noting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>whether</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>current</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>align</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>contradict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>expand</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>upon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>existing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>theories</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Furthermore</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>address</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Limitations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>acknowledging</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>constraints</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>such</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>sample</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>size</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>methodological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>biases</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>external</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>variables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>transparency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>strengthens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>study’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>credibility</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>defining</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>boundaries</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>remain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>valid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1810" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50DC5CA2" w14:textId="26DEE5EC" w:rsidR="003A2DAF" w:rsidRPr="007B6A35" w:rsidRDefault="00BA1810" w:rsidP="00A36F05">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F28" w:rsidRPr="007B6A35">
+        <w:t>Styles and Formats</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B9FDAF" w14:textId="0F497046" w:rsidR="00FB0F16" w:rsidRPr="007B6A35" w:rsidRDefault="00FB0F16" w:rsidP="003A2DAF">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>The main text must be justified (aligned to both the left and right margins).</w:t>
+      </w:r>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>first</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>line</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>every</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a 1.25 cm </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>indent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Do</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Space</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>bar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>create</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>indents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>formatting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>tools</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A2DAF" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Word.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1995FE27" w14:textId="67ADB6C8" w:rsidR="003A2DAF" w:rsidRPr="007B6A35" w:rsidRDefault="003A2DAF" w:rsidP="003A2DAF">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>single-line</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>spacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>entire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>document</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Times</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>New</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>main</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>body</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438B3279" w14:textId="0CC85B29" w:rsidR="000D73E9" w:rsidRPr="007B6A35" w:rsidRDefault="003A2DAF" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>To maintain a consistent structure, authors should use no more than three levels of headings</w:t>
+      </w:r>
+      <w:r w:rsidR="000D73E9" w:rsidRPr="007B6A35">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BD7BA9" w14:textId="70145623" w:rsidR="000D73E9" w:rsidRPr="007B6A35" w:rsidRDefault="00E12917" w:rsidP="004D7DFF">
+      <w:pPr>
+        <w:pStyle w:val="bullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">Level 1 headings must be set in </w:t>
+      </w:r>
+      <w:r w:rsidR="000D73E9" w:rsidRPr="007B6A35">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 PT BOLD FONT USING TITLE CASE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">(capitalizing all major words). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0DCF51" w14:textId="24DBE3E3" w:rsidR="000D73E9" w:rsidRPr="007B6A35" w:rsidRDefault="00E12917" w:rsidP="004D7DFF">
+      <w:pPr>
+        <w:pStyle w:val="bullet"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BE390F">
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">Level 2 headings should be formatted in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>EXPERIMENTAL METHODS</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 pt Bold font, in </w:t>
+      </w:r>
+      <w:r w:rsidR="00E540C5" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sentence </w:t>
+      </w:r>
+      <w:r w:rsidR="000D73E9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>case</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36F05" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E540C5" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(capitalizing only the first word)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22BC496F" w14:textId="77777777" w:rsidR="00BE390F" w:rsidRPr="00BE390F" w:rsidRDefault="00BE390F" w:rsidP="00BE390F">
+    <w:p w14:paraId="4F1EF802" w14:textId="4F6CCEF7" w:rsidR="000D73E9" w:rsidRPr="007B6A35" w:rsidRDefault="00E12917" w:rsidP="004D7DFF">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
-[...6 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:pStyle w:val="bullet"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>Level</w:t>
+      </w:r>
+      <w:r w:rsidR="000D73E9" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">3 headings must use 12 pt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bold Italic font and follow Sentence case.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="58AFB4E8" w14:textId="3A443E08" w:rsidR="001A0E2F" w:rsidRPr="00BE390F" w:rsidRDefault="001A0E2F" w:rsidP="006C6717">
+    <w:p w14:paraId="5D3B7E32" w14:textId="58D71A76" w:rsidR="003A2DAF" w:rsidRPr="007B6A35" w:rsidRDefault="003A2DAF" w:rsidP="00AB3B78">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE390F">
-[...187 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">All headings </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12917" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">must be left-aligned, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>numbered sequentially</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12917" w:rsidRPr="007B6A35">
+        <w:t>, and should not end with a period.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>Use a decimal numbering system (e.g., 1., 1.1., 1.1.1.).</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12917" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12917" w:rsidRPr="007B6A35">
+        <w:t>To ensure proper visual separation, leave one blank line before each heading</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12917" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BC07BD" w14:textId="77777777" w:rsidR="001A0E2F" w:rsidRPr="00BE390F" w:rsidRDefault="001A0E2F" w:rsidP="006C6717">
+    <w:p w14:paraId="31B4FB38" w14:textId="7EAB120C" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28" w:rsidP="00AB3B78">
       <w:pPr>
-        <w:pStyle w:val="HTML"/>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Text"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BE390F">
-[...381 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="007B6A35">
+        <w:lastRenderedPageBreak/>
+        <w:t>Please use the styles and formats defined in this manuscript for titles, texts, figures and table</w:t>
+      </w:r>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>. Specific examples are as follows.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3381C73C" w14:textId="425628AC" w:rsidR="001A0E2F" w:rsidRPr="00BE390F" w:rsidRDefault="00A46767" w:rsidP="006C6717">
+    <w:p w14:paraId="071660AC" w14:textId="11233541" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="00BA1810" w:rsidP="003A2DAF">
       <w:pPr>
-        <w:pStyle w:val="HTML"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BE390F">
-[...474 lines deleted...]
-        <w:t xml:space="preserve"> were not observed. </w:t>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F28" w:rsidRPr="007B6A35">
+        <w:t>.1. Subsection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C52004" w14:textId="598EFCC6" w:rsidR="001A0E2F" w:rsidRPr="00BE390F" w:rsidRDefault="007339D5" w:rsidP="006C6717">
+    <w:p w14:paraId="00876B59" w14:textId="434D3ED7" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="00BA1810" w:rsidP="003A2DAF">
       <w:pPr>
-        <w:pStyle w:val="HTML"/>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading30"/>
       </w:pPr>
-      <w:r>
-[...208 lines deleted...]
-        <w:t>0,5°C.</w:t>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F28" w:rsidRPr="007B6A35">
+        <w:t>.1.1. Sub subsection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6969FD69" w14:textId="77777777" w:rsidR="00570A82" w:rsidRPr="00BE390F" w:rsidRDefault="00570A82" w:rsidP="006C6717">
+    <w:p w14:paraId="662DE609" w14:textId="4B3CF3B0" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="00BA1810" w:rsidP="003A2DAF">
       <w:pPr>
-        <w:pStyle w:val="HTML"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F28" w:rsidRPr="007B6A35">
+        <w:t>.2. Figures and Tables</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09DEC3A9" w14:textId="3AE19AAF" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>Figures, schemes, and charts, along with their captions, should be placed in the text where they are first mentioned and numbered consecutively with Arabic numbers</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE5082" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE5082" w:rsidRPr="007B6A35">
+        <w:t>cited in text as (Fig.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE5082" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE5082" w:rsidRPr="007B6A35">
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:t>Photographs and grayscale images must have a minimum resolution of 300 dpi. Line art (schemes and drawings) should be at least 600 dpi.</w:t>
+      </w:r>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Ensure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>color</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>figures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>remain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>legible</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>when</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>printed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>grayscale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:t>Figures should be centered and placed as close as possible to the first mention in the text</w:t>
+      </w:r>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001C10D9" w:rsidRPr="007B6A35">
+        <w:t>Every figure must have a concise, descriptive caption placed below the image</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E2EEDA4" w14:textId="77777777" w:rsidR="001C10D9" w:rsidRPr="007B6A35" w:rsidRDefault="001C10D9" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblInd w:w="1418" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4671"/>
-        <w:gridCol w:w="4672"/>
+        <w:gridCol w:w="2147"/>
+        <w:gridCol w:w="2382"/>
+        <w:gridCol w:w="2376"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661A53" w:rsidRPr="00BE390F" w14:paraId="0D2A8D58" w14:textId="77777777" w:rsidTr="00A953FA">
+      <w:tr w:rsidR="000D73E9" w:rsidRPr="007B6A35" w14:paraId="0722E635" w14:textId="5AF267DF" w:rsidTr="000D73E9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4814" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="222B9BAF" w14:textId="77777777" w:rsidR="00661A53" w:rsidRPr="00BE390F" w:rsidRDefault="0029057F" w:rsidP="006C6717">
+          <w:p w14:paraId="4204E7E9" w14:textId="77777777" w:rsidR="000D73E9" w:rsidRPr="007B6A35" w:rsidRDefault="000D73E9">
             <w:pPr>
-              <w:ind w:firstLine="0"/>
+              <w:pStyle w:val="Figure"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+                <w:snapToGrid/>
+                <w:color w:val="auto"/>
+                <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:drawing>
-[...46 lines deleted...]
-              </w:drawing>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06CD3E5B" wp14:editId="0F35F060">
+                      <wp:extent cx="1116330" cy="586740"/>
+                      <wp:effectExtent l="0" t="0" r="26670" b="22860"/>
+                      <wp:docPr id="1026" name="流程图: 过程 3"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr>
+                              <a:spLocks/>
+                            </wps:cNvSpPr>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1116330" cy="586740"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="flowChartProcess">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:ln>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent2"/>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="lt1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent2"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="dk1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr>
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="04EE8680" id="_x0000_t109" coordsize="21600,21600" o:spt="109" path="m,l,21600r21600,l21600,xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="rect"/>
+                    </v:shapetype>
+                    <v:shape id="流程图: 过程 3" o:spid="_x0000_s1026" type="#_x0000_t109" style="width:87.9pt;height:46.2pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKUQct4wEAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vEzEQvSPxHyzfye6mEKpVNj20wKUq&#10;FS3iPLXHWav+km2yyb/H9n4USk6Ii2V75r158zzeXh21Igf0QVrT0WZVU4KGWS7NvqPfHz+/u6Qk&#10;RDAclDXY0RMGerV7+2Y7uBbXtreKoyeJxIR2cB3tY3RtVQXWo4awsg5NCgrrNcR09PuKexgSu1bV&#10;uq431WA9d94yDCHd3oxBuiv8QiCLX4UIGInqaNIWy+rL+pTXareFdu/B9ZJNMuAfVGiQJhVdqG4g&#10;Avnp5V9UWjJvgxVxxayurBCSYekhddPUr7p56MFh6SWZE9xiU/h/tOzu8ODufZYe3K1lzyE5Ug0u&#10;tEskH8KUcxRe59wknByLi6fFRTxGwtJl0zSbi4tkNkuxD5ebj++LzRW0M9r5EL+g1SRvOiqUHa57&#10;8PF+fMdiJBxuQ8xaoJ3Tc2Fl8toj8E+Gl8eLINW4T6k5XNSPgov0eFI4Qr+hIJInietSogwZXitP&#10;DpDGAxhDE9d5JApTys4wIZVagM05oIrNBJpyMwzL8C3A+hzwz4oLolS1Ji5gLY315wj481J5zJ+7&#10;H3vO7T9ZfhrfN9v4ePwB3k2+x/Rid3YeMmhfWT7mTowzTTE3zWLxaPo3edh/PxfIy+/e/QIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOnXxBfcAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m&#10;/ofNmHiTrURRSqfE2hATOAly4LZ0h7Zpd7bpLlD+vQsXvbxk8ibvfS+ZD6YVJ+pdbRnheRSBIC6s&#10;rrlE+Nksnt5BOK9Yq9YyIVzIwTy9v0tUrO2Zv+m09qUIIexihVB538VSuqIio9zIdsTBO9jeKB/O&#10;vpS6V+cQblo5jqKJNKrm0FCpjj4rKpr10SAsl7u8WRy+sqbbZhdZZHm+ajaIjw/DxwyEp8H/PcMV&#10;P6BDGpj29sjaiRYhDPE3vXpvr2HGHmE6fgGZJvI/fPoLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAylEHLeMBAAAlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA6dfEF9wAAAAEAQAADwAAAAAAAAAAAAAAAAA9BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#c0504d [3205]" strokeweight="2pt">
+                      <v:path arrowok="t"/>
+                      <w10:anchorlock/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E0049AF" w14:textId="77777777" w:rsidR="00570A82" w:rsidRPr="00BE390F" w:rsidRDefault="00570A82" w:rsidP="006C6717">
+          <w:p w14:paraId="5141B45A" w14:textId="77777777" w:rsidR="000D73E9" w:rsidRPr="007B6A35" w:rsidRDefault="000D73E9">
             <w:pPr>
-              <w:ind w:firstLine="0"/>
+              <w:pStyle w:val="Figure"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:b/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B6A35">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4815" w:type="dxa"/>
+            <w:tcW w:w="2382" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="651B942E" w14:textId="77777777" w:rsidR="00661A53" w:rsidRPr="00BE390F" w:rsidRDefault="00CE3B17" w:rsidP="006C6717">
+          <w:p w14:paraId="60B0D150" w14:textId="77777777" w:rsidR="000D73E9" w:rsidRPr="007B6A35" w:rsidRDefault="000D73E9">
             <w:pPr>
-              <w:ind w:firstLine="0"/>
+              <w:pStyle w:val="Figure"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+                <w:snapToGrid/>
+                <w:color w:val="auto"/>
+                <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:drawing>
-[...46 lines deleted...]
-              </w:drawing>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F0B86CA" wp14:editId="59CDD397">
+                      <wp:extent cx="1356360" cy="579120"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="11430"/>
+                      <wp:docPr id="1028" name="流程图: 过程 4"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr>
+                              <a:spLocks/>
+                            </wps:cNvSpPr>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1356360" cy="579120"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="flowChartProcess">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:ln>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent1"/>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="lt1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="dk1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr>
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="1CA13DBC" id="流程图: 过程 4" o:spid="_x0000_s1026" type="#_x0000_t109" style="width:106.8pt;height:45.6pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDB1Zkl4gEAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vEzEQvSPxHyzfye6maoBVNj20wKUq&#10;FS3iPLXHWav+km2yyb/H9n4USk6Ii2V75r158zzeXh21Igf0QVrT0WZVU4KGWS7NvqPfHz+/+0BJ&#10;iGA4KGuwoycM9Gr39s12cC2ubW8VR08SiQnt4Drax+jaqgqsRw1hZR2aFBTWa4jp6PcV9zAkdq2q&#10;dV1vqsF67rxlGEK6vRmDdFf4hUAWvwoRMBLV0aQtltWX9Smv1W4L7d6D6yWbZMA/qNAgTSq6UN1A&#10;BPLTy7+otGTeBiviilldWSEkw9JD6qapX3Xz0IPD0ksyJ7jFpvD/aNnd4cHd+yw9uFvLnkNypBpc&#10;aJdIPoQp5yi8zrlJODkWF0+Li3iMhKXL5uJyc7FJZrMUu3z/sVkXmytoZ7TzIX5Bq0nedFQoO1z3&#10;4OP9+I7FSDjchpi1QDun58LK5LVH4J8ML48XQapxn1JzuKgfBRfp8aRwhH5DQSRPEtelRBkyvFae&#10;HCCNBzCGJjZ5JApTys4wIZVagM05oFpAU26GYRm+BVifA/5ZcUGUqtbEBaylsf4cAX+e5Yoxf+5+&#10;7Dm3/2T5aXzfbOPj8Qd4N/ke04vd2XnIoH1l+Zg7Mc40xdw0i8Wj6d/kYf/9XCAvv3v3CwAA//8D&#10;AFBLAwQUAAYACAAAACEAKSWo6tcAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VI3KiTIEUljVMBUs+ogQfYxosdNf5p7Lbh7Vm4wGWl0ezOfNtuFzeJC81pDF5BuSpAkB+CHr1R&#10;8PG+e1iDSBm9xil4UvBFCbbd7U2LjQ5Xv6dLn43gEJ8aVGBzjo2UabDkMK1CJM/eZ5gdZpazkXrG&#10;K4e7SVZFUUuHo+cGi5FeLQ3H/uwU8NG+P41vO2NPNQ6ZonlZR6Xu75bnDYhMS/5bhh98RoeOmQ7h&#10;7HUSkwJ+JP9O9qrysQZxUPBUViC7Vv6H774BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;wdWZJeIBAAAlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAKSWo6tcAAAAEAQAADwAAAAAAAAAAAAAAAAA8BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#4f81bd [3204]" strokeweight="2pt">
+                      <v:path arrowok="t"/>
+                      <w10:anchorlock/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E1094D4" w14:textId="77777777" w:rsidR="00570A82" w:rsidRPr="00BE390F" w:rsidRDefault="00570A82" w:rsidP="006C6717">
+          <w:p w14:paraId="7A5AC420" w14:textId="77777777" w:rsidR="000D73E9" w:rsidRPr="007B6A35" w:rsidRDefault="000D73E9">
             <w:pPr>
-              <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Figure"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B6A35">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
+            <w:r w:rsidRPr="007B6A35">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00661A53" w:rsidRPr="00BE390F" w14:paraId="736AC31D" w14:textId="77777777" w:rsidTr="00A953FA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9629" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2278" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="347D140E" w14:textId="77777777" w:rsidR="00570A82" w:rsidRPr="00BE390F" w:rsidRDefault="00570A82" w:rsidP="006C6717">
+          <w:p w14:paraId="52A27F26" w14:textId="77777777" w:rsidR="000D73E9" w:rsidRPr="007B6A35" w:rsidRDefault="000D73E9">
             <w:pPr>
-              <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:pStyle w:val="Figure"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:noProof/>
+                <w:snapToGrid/>
+                <w:color w:val="auto"/>
+                <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007B6A35">
+              <w:rPr>
+                <w:noProof/>
+                <w:snapToGrid/>
+                <w:color w:val="auto"/>
+                <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EF089F1" wp14:editId="236725E8">
+                      <wp:extent cx="1356360" cy="579120"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="11430"/>
+                      <wp:docPr id="1782957434" name="流程图: 过程 4"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr>
+                              <a:spLocks/>
+                            </wps:cNvSpPr>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1356360" cy="579120"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="flowChartProcess">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:ln>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent3"/>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="lt1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent3"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="dk1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr>
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="0C10B9F9" id="流程图: 过程 4" o:spid="_x0000_s1026" type="#_x0000_t109" style="width:106.8pt;height:45.6pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCl2tNZ5AEAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC615JsxG0FyzkkbS9B&#10;GjQpet6QS4sIXyBZS/77ktQjbepTkAtBcndmZ4fL3eWgJDmi88LotqhXVUFQU8OEPrTFz4evHz4V&#10;xAfQDKTR2BYn9MXl/v27XW8bXJvOSIaORBLtm962RReCbcrS0w4V+JWxqGOQG6cgxKM7lMxBH9mV&#10;LNdVtS1745h1hqL38fZ6DBb7zM850vCdc4+ByLaI2kJeXV4f01rud9AcHNhO0EkGvEKFAqFj0YXq&#10;GgKQ3078R6UEdcYbHlbUqNJwLijmHmI3dfWim/sOLOZeojneLjb5t6Olt8d7e+eSdG9vDH3y0ZGy&#10;t75ZIungp5yBO5Vyo3AyZBdPi4s4BELjZb252G620WwaYxcfP9frbHMJzYy2zodvaBRJm7bg0vRX&#10;HbhwN75jNhKONz4kLdDM6amw1GntENgXzfLjBRBy3MfUFM7qR8FZejhJHKE/kBPBosR1LpGHDK+k&#10;I0eI4wGUog6bNBKZKWYnGBdSLsD6HFCGegJNuQmGefgWYHUO+G/FBZGrGh0WsBLauHME7GmpPObP&#10;3Y89p/YfDTuN75tsfBh+gbOT7yG+2K2ZhwyaF5aPuRPjTJPNjbOYPZr+TRr2v88Z8vy7938AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBFWzKe3AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXv&#10;Qr/DMgVvdpNYisZsioqC9CKtIh6n2cmfmp0Nu9smfnu3XvQy8HiP935TrCfTixM531lWkC4SEMSV&#10;1R03Ct7fnq9uQPiArLG3TAq+ycO6nF0UmGs78pZOu9CIWMI+RwVtCEMupa9aMugXdiCOXm2dwRCl&#10;a6R2OMZy08ssSVbSYMdxocWBHluqvnZHo8CND1WTLPkpjB/15vMlfT0sD7VSl/Pp/g5EoCn8heGM&#10;H9GhjEx7e2TtRa8gPhJ+b/Sy9HoFYq/gNs1AloX8D1/+AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAKXa01nkAQAAJQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAEVbMp7cAAAABAEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#9bbb59 [3206]" strokeweight="2pt">
+                      <v:path arrowok="t"/>
+                      <w10:anchorlock/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="1E4FB8A1" w14:textId="1AC21015" w:rsidR="0093158A" w:rsidRPr="005067AB" w:rsidRDefault="0093158A" w:rsidP="00D11D92">
+          <w:p w14:paraId="2087C116" w14:textId="047E44D7" w:rsidR="000D73E9" w:rsidRPr="007B6A35" w:rsidRDefault="000D73E9">
             <w:pPr>
-              <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Figure"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:snapToGrid/>
+                <w:color w:val="auto"/>
+                <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Fig</w:t>
-[...96 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>(c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61CC2C70" w14:textId="77777777" w:rsidR="001A0E2F" w:rsidRPr="00BE390F" w:rsidRDefault="001A0E2F" w:rsidP="006C6717">
+    <w:p w14:paraId="784C5796" w14:textId="526DEC93" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28" w:rsidP="0018076F">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:pStyle w:val="FigureCaption"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Figure 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> If there are multiple panels, please give a detailed description: (a) Description of what is contained in the first panel; (b) Description of what is contained in the second panel</w:t>
+      </w:r>
+      <w:r w:rsidR="000D73E9" w:rsidRPr="007B6A35">
+        <w:t>; (c) Description of what is contained in the third panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">. A caption on a single line should be centered. Reproduced with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>permission.[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">Ref.] Copyright Year, Publisher. (Permission statement required for all figures reproduced or adapted from previously published articles/sources. CC-BY content can be used without asking permission, but the source must be attributed: Reproduced under terms of the CC-BY </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>license.[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>ref] Copyright Year, The Authors, published by [Publisher]. However, permission must be obtained for reproduction of content published under CC-BY-NC/ND/SA license; delete if not applicable.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="731E5EC2" w14:textId="77777777" w:rsidR="0018076F" w:rsidRPr="007B6A35" w:rsidRDefault="0018076F" w:rsidP="0018076F">
+      <w:pPr>
+        <w:pStyle w:val="FigureCaption"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B3088D3" w14:textId="374CF51C" w:rsidR="00BE390F" w:rsidRPr="00BE390F" w:rsidRDefault="00BE390F" w:rsidP="00BE390F">
+    <w:p w14:paraId="5409C522" w14:textId="0F5ED99E" w:rsidR="004E2460" w:rsidRPr="007B6A35" w:rsidRDefault="0018076F" w:rsidP="0018076F">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
-[...4 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>labels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>legends</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>axis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>titles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>inside</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>figures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>English</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>. Use a consistent font (preferably sans-serif like Arial or Helvetica) for all figures. The font size should be readable (typically 8–10 pt) and proportional to the overall image size.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:snapToGrid/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>Avoid cluttered backgrounds. For graphs, ensure that axes are clearly labeled with the variable name and its unit of measurement.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E2460" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E2460" w:rsidRPr="007B6A35">
+        <w:t>Define any abbreviations used within the table in a footnote immediately below the table body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276AA79E" w14:textId="2B0F61B9" w:rsidR="0018076F" w:rsidRPr="007B6A35" w:rsidRDefault="004E2460" w:rsidP="004E2460">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Tables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>created</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>using</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Table</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>tool</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Microsoft Word. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Do</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>tables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>image</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>files</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>Tables should be centered and placed immediately after the paragraph where they are first mentioned.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>clean</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>minimalist</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>design</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Open</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Table</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>format</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Horizontal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>lines</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>separate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>header</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>row</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>bottom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>table</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>vertical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>lines</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> Text in the first column should generally be left-aligned; numerical data in subsequent columns should be centered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>Every table must have a sequential number and a descriptive title placed above the table</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23C91F4A" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
+      <w:pPr>
+        <w:pStyle w:val="TableCaption"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1211 lines deleted...]
-      </w:pPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Table 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tables should be placed in the main text near to the first time they are cited.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1883"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="764"/>
+        <w:gridCol w:w="1599"/>
+        <w:gridCol w:w="1599"/>
+        <w:gridCol w:w="1599"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00284A0D" w:rsidRPr="00BE390F" w14:paraId="4B7CB5A9" w14:textId="77777777" w:rsidTr="00570A82">
+      <w:tr w:rsidR="0062701F" w:rsidRPr="007B6A35" w14:paraId="52376231" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="120"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23854F15" w14:textId="77777777" w:rsidR="00284A0D" w:rsidRPr="00BE390F" w:rsidRDefault="001A0E2F" w:rsidP="006C6717">
+          <w:p w14:paraId="75C20EDB" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
             <w:pPr>
-              <w:pStyle w:val="Tabl"/>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="TableBody"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Heating / cooling</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Title 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="916" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C379EFD" w14:textId="77777777" w:rsidR="00284A0D" w:rsidRPr="00BE390F" w:rsidRDefault="00284A0D" w:rsidP="006C6717">
+          <w:p w14:paraId="30C0D182" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
             <w:pPr>
-              <w:pStyle w:val="Tabl"/>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="TableBody"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
-                <w:i/>
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>M</w:t>
-[...9 lines deleted...]
-              <w:t>s</w:t>
+              <w:t>Title 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="951" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CDB2748" w14:textId="77777777" w:rsidR="00284A0D" w:rsidRPr="00BE390F" w:rsidRDefault="00284A0D" w:rsidP="006C6717">
+          <w:p w14:paraId="70323C12" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
             <w:pPr>
-              <w:pStyle w:val="Tabl"/>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="TableBody"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
-                <w:i/>
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>M</w:t>
+              <w:t>Title 3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE390F">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062701F" w:rsidRPr="007B6A35" w14:paraId="439952A3" w14:textId="77777777">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31BEE21F" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
+            <w:pPr>
+              <w:pStyle w:val="TableBody"/>
               <w:rPr>
-                <w:i/>
-[...3 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>f</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="007B6A35">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>entry 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="826" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E7EA0B0" w14:textId="77777777" w:rsidR="00284A0D" w:rsidRPr="00BE390F" w:rsidRDefault="00284A0D" w:rsidP="006C6717">
+          <w:p w14:paraId="02F57D75" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
             <w:pPr>
-              <w:pStyle w:val="Tabl"/>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="TableBody"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
-                <w:i/>
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>A</w:t>
-[...9 lines deleted...]
-              <w:t>s</w:t>
+              <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="764" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AE76E3B" w14:textId="77777777" w:rsidR="00284A0D" w:rsidRPr="00BE390F" w:rsidRDefault="00284A0D" w:rsidP="006C6717">
+          <w:p w14:paraId="1EDA9BD7" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
             <w:pPr>
-              <w:pStyle w:val="Tabl"/>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="TableBody"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
-                <w:i/>
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>A</w:t>
-[...9 lines deleted...]
-              <w:t>f</w:t>
+              <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00284A0D" w:rsidRPr="00BE390F" w14:paraId="407FC0CA" w14:textId="77777777" w:rsidTr="00570A82">
-[...63 lines deleted...]
-      <w:tr w:rsidR="002D0738" w:rsidRPr="00BE390F" w14:paraId="398843D2" w14:textId="77777777" w:rsidTr="00570A82">
+      <w:tr w:rsidR="0062701F" w:rsidRPr="007B6A35" w14:paraId="505430FC" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0013DFE7" w14:textId="77777777" w:rsidR="002D0738" w:rsidRPr="00BE390F" w:rsidRDefault="002D0738" w:rsidP="006C6717">
+          <w:p w14:paraId="6C04054A" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
             <w:pPr>
-              <w:pStyle w:val="Tabl"/>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="TableBody"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>1-е</w:t>
+              <w:t>entry 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="916" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15815539" w14:textId="77777777" w:rsidR="002D0738" w:rsidRPr="00BE390F" w:rsidRDefault="002D0738" w:rsidP="006C6717">
+          <w:p w14:paraId="714BCC0F" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
             <w:pPr>
-              <w:pStyle w:val="Tabl"/>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="TableBody"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>-68,7</w:t>
+              <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="951" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DAF16F2" w14:textId="77777777" w:rsidR="002D0738" w:rsidRPr="00BE390F" w:rsidRDefault="00D129F9" w:rsidP="006C6717">
+          <w:p w14:paraId="03E0561C" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
             <w:pPr>
-              <w:pStyle w:val="Tabl"/>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="TableBody"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t xml:space="preserve">data </w:t>
             </w:r>
-            <w:r w:rsidR="002D0738" w:rsidRPr="00BE390F">
+            <w:r w:rsidRPr="007B6A35">
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:color w:val="auto"/>
+                <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>95,5</w:t>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="48E811F5" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
+      <w:pPr>
+        <w:pStyle w:val="TableFooter"/>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tables may have a footer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A05B8C0" w14:textId="2D63BE76" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="00BA1810" w:rsidP="003A2DAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F28" w:rsidRPr="007B6A35">
+        <w:t>.3 Formatting of Mathematical Components</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188D61F0" w14:textId="3E00B587" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="00EC33CF" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">All equations must be editable. Use the Microsoft Equation tool or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>MathType</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> for Word documents. Do not insert equations as images</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F28" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">Equations should be centered on a separate line. Equations must be numbered sequentially in parentheses, placed flush with the right margin. </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F28" w:rsidRPr="007B6A35">
+        <w:t>This is an example of an equation:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8223"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="423"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EC33CF" w:rsidRPr="007B6A35" w14:paraId="7744CFA9" w14:textId="474B04AB" w:rsidTr="00941BC5">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4533" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="02F2F2E8" w14:textId="243BF0DF" w:rsidR="00EC33CF" w:rsidRPr="007B6A35" w:rsidRDefault="00EC33CF" w:rsidP="00EC33CF">
+            <w:pPr>
+              <w:pStyle w:val="Equation"/>
+            </w:pPr>
+            <m:oMathPara>
+              <m:oMath>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                  </w:rPr>
+                  <m:t>Ax</m:t>
+                </m:r>
+                <m:r>
+                  <m:rPr>
+                    <m:sty m:val="p"/>
+                  </m:rPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                  </w:rPr>
+                  <m:t>=</m:t>
+                </m:r>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                  </w:rPr>
+                  <m:t>b</m:t>
+                </m:r>
+              </m:oMath>
+            </m:oMathPara>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="234" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E1C4B9" w14:textId="77777777" w:rsidR="00EC33CF" w:rsidRPr="007B6A35" w:rsidRDefault="00EC33CF" w:rsidP="00AB3B78">
+            <w:pPr>
+              <w:pStyle w:val="EquationNumber"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007B6A35">
+              <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="826" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="233" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="610FFBA0" w14:textId="77777777" w:rsidR="002D0738" w:rsidRPr="00BE390F" w:rsidRDefault="002D0738" w:rsidP="006C6717">
+          <w:p w14:paraId="23FEEE69" w14:textId="77777777" w:rsidR="00EC33CF" w:rsidRPr="007B6A35" w:rsidRDefault="00EC33CF" w:rsidP="00AB3B78">
             <w:pPr>
-              <w:pStyle w:val="Tabl"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="EquationNumber"/>
             </w:pPr>
-            <w:r w:rsidRPr="00BE390F">
-[...446 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1ECA9F36" w14:textId="77777777" w:rsidR="00242ABD" w:rsidRPr="00BE390F" w:rsidRDefault="00242ABD" w:rsidP="006C6717">
+    <w:p w14:paraId="672C414E" w14:textId="60AF68A7" w:rsidR="00EC33CF" w:rsidRPr="007B6A35" w:rsidRDefault="00EC33CF" w:rsidP="00EC33CF">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">When referring to an equation in the text, use the abbreviation "Eq." followed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">Number </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>in parentheses. "Substituting the values into Eq. (1), we obtain...". If an equation is too long to fit on a single line, it must be broken into multiple lines to ensure it does not exceed the page margins.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:snapToGrid/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-        </w:rPr>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>The equation number should be placed only on the last line of the multiline expression, flush to the right margin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DF7A29" w14:textId="50D33017" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="00BA1810">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F28" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>. Conclusion</w:t>
+      </w:r>
+      <w:r w:rsidR="00821CFB" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="095E42CD" w14:textId="76964121" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="006F24CF" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>The Conclusions section should provide a concise summary of the research findings and their implications. It should not simply repeat the Abstract or the Introduction.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Clearly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>state</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>main</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>outcomes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>relation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>objectives</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>defined</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Highlight</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>most</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>significant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>supported</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>presented</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="576BA01B" w14:textId="6FC243E8" w:rsidR="000D73E9" w:rsidRPr="007B6A35" w:rsidRDefault="000D73E9">
+      <w:pPr>
+        <w:pStyle w:val="Acknowledgments"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Author Contributions: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To ensure transparency, authors must specify their contributions using the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> taxonomy. For example: Conceptualization: [Author A]; Methodology: [Author B]; Software: [Author A]; Validation: [Author C]; Formal analysis: [Author B]; Writing – original draft preparation: [Author A]; Writing – review and editing: [Author C]; Supervision: [Author B].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="034191AB" w14:textId="386D6294" w:rsidR="00A6701D" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
+      <w:pPr>
+        <w:pStyle w:val="Acknowledgments"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Acknowledgments:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E918CB" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Generally,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the last paragraph of the paper is the place to acknowledge people, organizations, </w:t>
+      </w:r>
+      <w:r w:rsidR="00941BC5" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>or institutions that provided significant support during the research but do not meet the criteria for authorship</w:t>
+      </w:r>
+      <w:r w:rsidR="00941BC5" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0780A4FD" w14:textId="58C829A1" w:rsidR="00E918CB" w:rsidRPr="007B6A35" w:rsidRDefault="00E918CB">
+      <w:pPr>
+        <w:pStyle w:val="Acknowledgments"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Funding:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Authors are required to specify the sources of financial support for the research and/or the preparation of the article. This information should be accurate and complete.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>full</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>name</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>funding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>agency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>without</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>abbreviations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>followed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>grant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>project</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>square</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>brackets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>funded</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>grant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>: "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>supported</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Funding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Agency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Grant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]." </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6701D" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>If Multiple sources: "This research was funded by [Agency A], Grant No. [XXXXX] and [Agency B], Grant No. [YYYYY]." If the research received no specific funding: "This research received no specific grant from any funding agency in the public, commercial, or not-for-profit sectors."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B97CCD3" w14:textId="4D6D6287" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
+      <w:pPr>
+        <w:pStyle w:val="Acknowledgments"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Conflicts of Interest:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941BC5" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Authors must identify and declare any personal circumstances or interests that may be perceived as inappropriately influencing the representation or interpretation of reported research </w:t>
+      </w:r>
+      <w:r w:rsidR="00941BC5" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>results.</w:t>
+      </w:r>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941BC5" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Clearly declare any potential conflicts of interest or state: “The authors declare no conflict of interest.”</w:t>
+      </w:r>
+      <w:r w:rsidR="00941BC5" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941BC5" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Any role of the funders in the design of the study; in the collection, analyses, or interpretation of data; in the writing of the manuscript, or in the decision to publish the results must be declared. If there was no such involvement, please state: “The funders had no role in the design of the study; in the collection, analyses, or interpretation of data; in the writing of the manuscript, or in the decision to publish the results.”</w:t>
+      </w:r>
+      <w:r w:rsidR="00941BC5" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941BC5" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>If any author is an editor or the editor-in-chief of this journal, please use the following mandatory wording: “[Author Name] is an editorial board member/editor-in-chief for Scientific Journal of the Ternopil National Technical University and was not involved in the editorial review or the decision to publish this article. All authors declare that there are no competing interests.”</w:t>
+      </w:r>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B40CCF" w14:textId="6F9C7C2C" w:rsidR="00BE5DD8" w:rsidRPr="007B6A35" w:rsidRDefault="00BE5DD8">
+      <w:pPr>
+        <w:pStyle w:val="Acknowledgments"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Data Availability</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD758B" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD758B" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Statement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD758B" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Authors are required to provide a statement regarding the availability of the data used in their research. This promotes transparency and allows other researchers to verify the results. Please choose the most appropriate option from the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C1807B1" w14:textId="33E69219" w:rsidR="00BD758B" w:rsidRPr="007B6A35" w:rsidRDefault="00BD758B" w:rsidP="00BD758B">
+      <w:pPr>
+        <w:pStyle w:val="Acknowledgments"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>repository</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>: "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>openly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Repository</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> https://</w:t>
+      </w:r>
+      <w:r w:rsidR="004D0A59" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>." (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>GitHub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Zenodo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Mendeley</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D4E1DAE" w14:textId="77777777" w:rsidR="00BD758B" w:rsidRPr="007B6A35" w:rsidRDefault="00BD758B" w:rsidP="00BD758B">
+      <w:pPr>
+        <w:pStyle w:val="Acknowledgments"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>included</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>: "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>generated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>analyzed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>during</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>included</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>published</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>supplementary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>materials</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>]."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F2A4D63" w14:textId="77777777" w:rsidR="00BD758B" w:rsidRPr="007B6A35" w:rsidRDefault="00BD758B" w:rsidP="00BD758B">
+      <w:pPr>
+        <w:pStyle w:val="Acknowledgments"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>: "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>corresponding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>upon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>reasonable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6417D1D6" w14:textId="444EC49B" w:rsidR="00BD758B" w:rsidRPr="007B6A35" w:rsidRDefault="00BD758B" w:rsidP="00BD758B">
+      <w:pPr>
+        <w:pStyle w:val="Acknowledgments"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>subject</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>third-party</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>restrictions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>: "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Third</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Party</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>but</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>restrictions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>apply</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>availability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>license</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>current</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B63D48A" w14:textId="63F8646F" w:rsidR="00BD758B" w:rsidRPr="007B6A35" w:rsidRDefault="00BD758B" w:rsidP="00BD758B">
+      <w:pPr>
+        <w:pStyle w:val="Acknowledgments"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>: "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>sharing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>applicable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>new</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>created</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>analyzed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>during</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F026131" w14:textId="22C24BB7" w:rsidR="00941BC5" w:rsidRPr="007B6A35" w:rsidRDefault="00941BC5" w:rsidP="00E918CB">
+      <w:pPr>
+        <w:pStyle w:val="Acknowledgments"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Declaration of Generative AI and AI-assisted technologies in the writing process:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E918CB" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The journal follows the international guidelines regarding the use of generative artificial intelligence (AI) and AI-assisted technologies in scientific writing. If authors used AI or AI-assisted technologies (e.g., Large Language Models, LLMs) to prepare the manuscript (including drafting, editing, or translating), </w:t>
+      </w:r>
+      <w:r w:rsidR="004D0A59" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>authors must include the following statement</w:t>
+      </w:r>
+      <w:r w:rsidR="00E918CB" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>: "During the preparation of this work, the author(s) used [NAME TOOL / SERVICE] in order to [REASON (e.g., improve the English language, structure the abstract, etc.)]. After using this tool/service, the author(s) reviewed and edited the content as needed and take(s) full responsibility for the content of the publication". Disclosure is not required for basic tools used to check spelling, grammar, or references (e.g., standard spell-checkers or reference managers), provided they do not generate substantial text content. If no AI tools were used in the writing process, authors must state: "The authors declare that no generative AI or AI-assisted technologies were used in the writing of this manuscript."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29996990" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Supplementary Materials/ Appendix A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D736FEF" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>The appendix is an optional section that can contain details and data supplemental to the main text. All appendix sections must be cited in the main text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509A0D9F" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF3A996" w14:textId="76156F6B" w:rsidR="00F2180A" w:rsidRPr="007B6A35" w:rsidRDefault="003E4F46" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">References must be numbered in the order in which they are first cited in the text </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F28" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">(including citations in tables and legends) and listed individually at the end of the manuscript. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Elsevier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>numeric</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>titles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B82BA7" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F28" w:rsidRPr="007B6A35">
+        <w:t>We recommend preparing the references with a bibliography software package, such as EndNote,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DD1" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15DD1" w:rsidRPr="007B6A35">
+        <w:t>Mendeley,</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F28" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> Reference Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F28" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> or Zotero</w:t>
+      </w:r>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F28" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> to avoid typing mistakes and duplicated references. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2180A" w:rsidRPr="007B6A35">
+        <w:t>Digital Object Identifiers (DOIs) must be provided for all references where available.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> Format them as active URLs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189F45F2" w14:textId="1CEA4F36" w:rsidR="00126C07" w:rsidRPr="007B6A35" w:rsidRDefault="00792496" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>The r</w:t>
+      </w:r>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:t>eferences list should be in English. Other languages of papers should be translated to English</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="005E5E10" w:rsidRPr="007B6A35">
+        <w:t>the original language should be indicated in brackets at the end</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005E5E10" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:t>e.g.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> (in French</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:t>),(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="005E5E10" w:rsidRPr="007B6A35">
+        <w:t>Ukrainian</w:t>
+      </w:r>
+      <w:r w:rsidR="00126C07" w:rsidRPr="007B6A35">
+        <w:t>), etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472E23B4" w14:textId="220C65BA" w:rsidR="00F2180A" w:rsidRPr="007B6A35" w:rsidRDefault="00F2180A" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>At least 15–20 sources are recommended, with a high percentage (&gt;50%) of titles indexed in Scopus/Web of S</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>cience</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 80% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>cited</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>sources</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>published</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>last</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5–10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>years</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>grounded</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>current</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>scientific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>state-of-the-art</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4935" w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> Avoid using textbooks, lecture notes, or non-academic websites.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71315F3F" w14:textId="0901278E" w:rsidR="00F2180A" w:rsidRPr="007B6A35" w:rsidRDefault="00F2180A" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">Excessive self-citation is strictly </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>discouraged</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>self-citations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>including</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>citations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>itself</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>kept</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>exceed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10–15% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>total</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> reference list. Every self-citation must be scientifically justified and directly relevant to the study.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F8BB1D" w14:textId="63ED7CD1" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="008E6F28" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve">In the text, reference numbers should be placed in square brackets </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>[ ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>, and placed before the punctuation; for example [1], [1–</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4F46" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>] or [1,</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4F46" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t>]. For embedded citations in the text with pagination, use both parentheses and brackets to indicate the reference number and page numbers; for example</w:t>
+      </w:r>
+      <w:r w:rsidR="00792496" w:rsidRPr="007B6A35">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:t xml:space="preserve"> [5] (p. 10), or [6] (pp. 101–105).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612EFE15" w14:textId="77777777" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="0062701F" w:rsidP="00AB3B78">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E4A9A4E" w14:textId="729C6D52" w:rsidR="001A0E2F" w:rsidRPr="00BE390F" w:rsidRDefault="001A0E2F" w:rsidP="006C6717">
+    <w:p w14:paraId="62D64E75" w14:textId="7765EC8C" w:rsidR="0062701F" w:rsidRPr="007B6A35" w:rsidRDefault="006648DB">
       <w:pPr>
-        <w:pStyle w:val="HTML"/>
-[...7 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:pStyle w:val="References"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE390F">
-[...114 lines deleted...]
-        <w:t xml:space="preserve">С (Table 1). </w:t>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">F.N. Last Name, Book Title, Edition, Publisher, City, </w:t>
+      </w:r>
+      <w:r w:rsidR="006D6AA2" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F0E8B4F" w14:textId="42BB9E1C" w:rsidR="001A0E2F" w:rsidRPr="00BE390F" w:rsidRDefault="001A0E2F" w:rsidP="006C6717">
+    <w:p w14:paraId="193EA6F7" w14:textId="540BFB54" w:rsidR="006648DB" w:rsidRPr="007B6A35" w:rsidRDefault="006648DB">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:pStyle w:val="References"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE390F">
-[...97 lines deleted...]
-        <w:t xml:space="preserve"> fracture.</w:t>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A.F. Author1 Lastname, A.F. Author2 Lastname, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article Title, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>. Volume (</w:t>
+      </w:r>
+      <w:r w:rsidR="006D6AA2" w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) pages range. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="007B6A35">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://doi.org/DOI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0341E6" w14:textId="77777777" w:rsidR="001A0E2F" w:rsidRPr="00BE390F" w:rsidRDefault="001A0E2F" w:rsidP="006C6717">
+    <w:p w14:paraId="1BBC2BBD" w14:textId="119D416C" w:rsidR="006D6AA2" w:rsidRPr="007B6A35" w:rsidRDefault="006D6AA2" w:rsidP="006D6AA2">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:pStyle w:val="References"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>A.B. Author(s), Whole Book Title, Edition (if not 1st), Publisher, City, Year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8D3072" w14:textId="1CD1886D" w:rsidR="006D6AA2" w:rsidRPr="007B6A35" w:rsidRDefault="006D6AA2" w:rsidP="006D6AA2">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>D.A. Author(s), Book Chapter title, in: Editor(s) (Ed.), Book Title, Publisher, City, Year, pp. Page numbers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12362587" w14:textId="68176D15" w:rsidR="006D6AA2" w:rsidRPr="007B6A35" w:rsidRDefault="006D6AA2" w:rsidP="006D6AA2">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Author(s), Paper title, in: Title of the Conference/Proceeding, City, Year, pp. Page numbers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C22C6F" w14:textId="51C9B716" w:rsidR="006D6AA2" w:rsidRPr="007B6A35" w:rsidRDefault="006D6AA2" w:rsidP="006D6AA2">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Author(s), Title, (Year). URL (Accessed Date).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D690F2" w14:textId="634E12A1" w:rsidR="006D6AA2" w:rsidRPr="007B6A35" w:rsidRDefault="006D6AA2" w:rsidP="006D6AA2">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Author, Title of Thesis, Type (PhD/MSc Thesis), University, Year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FDC634B" w14:textId="3C2699BE" w:rsidR="006D6AA2" w:rsidRPr="007B6A35" w:rsidRDefault="006D6AA2" w:rsidP="006D6AA2">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B6A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Inventor(s), Title, Patent Number, Year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B6A1E4" w14:textId="28B64B89" w:rsidR="006648DB" w:rsidRPr="007E4935" w:rsidRDefault="006648DB" w:rsidP="000316FA">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...4211 lines deleted...]
-      <w:docGrid w:linePitch="381"/>
+    <w:sectPr w:rsidR="006648DB" w:rsidRPr="007E4935" w:rsidSect="006F24CF">
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="454" w:footer="340" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="425"/>
+      <w:titlePg/>
+      <w:docGrid w:type="lines" w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E0AD013" w14:textId="77777777" w:rsidR="0092099F" w:rsidRDefault="0092099F" w:rsidP="00F7509D">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2118BA95" w14:textId="77777777" w:rsidR="00745953" w:rsidRDefault="00745953">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58DA27CD" w14:textId="77777777" w:rsidR="0092099F" w:rsidRDefault="0092099F" w:rsidP="00F7509D">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="31D3D0BE" w14:textId="77777777" w:rsidR="00745953" w:rsidRDefault="00745953">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...48 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...2 lines deleted...]
-    <w:charset w:val="80"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman Полужирный">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Palatino Linotype">
+    <w:panose1 w:val="02040502050505030304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="TimesNewRomanPS-ItalicMT">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="206F899F" w14:textId="77777777" w:rsidR="0062701F" w:rsidRDefault="0062701F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D68EAA3" w14:textId="3AAA1063" w:rsidR="0062701F" w:rsidRPr="0018076F" w:rsidRDefault="0018076F" w:rsidP="0018076F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r w:rsidRPr="0018076F">
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:i/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>https://sj.tntu.edu.ua/</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43E9BC45" w14:textId="77777777" w:rsidR="0092099F" w:rsidRDefault="0092099F" w:rsidP="00F7509D">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1017361C" w14:textId="77777777" w:rsidR="00745953" w:rsidRDefault="00745953">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B293527" w14:textId="77777777" w:rsidR="0092099F" w:rsidRDefault="0092099F" w:rsidP="00F7509D">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="004D3544" w14:textId="77777777" w:rsidR="00745953" w:rsidRDefault="00745953">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="37AD9509" w14:textId="716441BD" w:rsidR="0024324D" w:rsidRPr="0024324D" w:rsidRDefault="0024324D" w:rsidP="0024324D">
+    <w:pPr>
+      <w:pStyle w:val="heaederleftalignment"/>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="4530"/>
+      <w:gridCol w:w="4530"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="0024324D" w14:paraId="06A466AF" w14:textId="77777777" w:rsidTr="0024324D">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4530" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="nil"/>
+            <w:left w:val="nil"/>
+            <w:bottom w:val="nil"/>
+            <w:right w:val="nil"/>
+          </w:tcBorders>
+        </w:tcPr>
+        <w:p w14:paraId="17C7F732" w14:textId="453755CC" w:rsidR="0024324D" w:rsidRDefault="00BA1810" w:rsidP="0024324D">
+          <w:pPr>
+            <w:pStyle w:val="heaederleftalignment"/>
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t xml:space="preserve">© </w:t>
+          </w:r>
+          <w:r w:rsidR="0024324D">
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Authors</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4530" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="nil"/>
+            <w:left w:val="nil"/>
+            <w:bottom w:val="nil"/>
+            <w:right w:val="nil"/>
+          </w:tcBorders>
+        </w:tcPr>
+        <w:p w14:paraId="6D62E97E" w14:textId="71D0FA9B" w:rsidR="0024324D" w:rsidRDefault="0024324D" w:rsidP="0024324D">
+          <w:pPr>
+            <w:pStyle w:val="ACS1bheaderdates"/>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:t>3</w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve"> of </w:t>
+          </w:r>
+          <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:fldSimple>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="0A6128D4" w14:textId="08B58B4C" w:rsidR="0062701F" w:rsidRPr="0024324D" w:rsidRDefault="0062701F" w:rsidP="0024324D">
+    <w:pPr>
+      <w:pStyle w:val="heaederleftalignment"/>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D8B8C13" w14:textId="066FB5B5" w:rsidR="0062701F" w:rsidRDefault="00786BC2">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="8844"/>
+      </w:tabs>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:after="240"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="008E6F28">
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:i/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>Title</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="5079" w:type="pct"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3967"/>
+      <w:gridCol w:w="5246"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00501AA4" w14:paraId="664541EB" w14:textId="77777777" w:rsidTr="004B006B">
+      <w:trPr>
+        <w:trHeight w:val="857"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2153" w:type="pct"/>
+          <w:tcBorders>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
+        </w:tcPr>
+        <w:p w14:paraId="3AA655AF" w14:textId="61D9124B" w:rsidR="00501AA4" w:rsidRPr="004B006B" w:rsidRDefault="00501AA4" w:rsidP="004B006B">
+          <w:r>
+            <w:rPr>
+              <w:i/>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D69D2BF" wp14:editId="008B17B5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-1270</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3175</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="609600" cy="511810"/>
+                <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="111934552" name="Picture 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="Picture 4"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="609600" cy="511810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2847" w:type="pct"/>
+          <w:tcBorders>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
+        </w:tcPr>
+        <w:p w14:paraId="1A31ED73" w14:textId="77777777" w:rsidR="00501AA4" w:rsidRDefault="00501AA4" w:rsidP="00501AA4">
+          <w:pPr>
+            <w:pStyle w:val="ACS1bheaderdates"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00501AA4">
+            <w:t>Scientific</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve"> Journal of the Ternopil National Technical University</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="086F0436" w14:textId="77777777" w:rsidR="00501AA4" w:rsidRDefault="00501AA4" w:rsidP="00501AA4">
+          <w:pPr>
+            <w:pStyle w:val="ACS1bheaderdates"/>
+          </w:pPr>
+          <w:r>
+            <w:t xml:space="preserve">202x, vol. X, no. X, pp. X–X, </w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="26013E45" w14:textId="77777777" w:rsidR="00501AA4" w:rsidRDefault="00501AA4" w:rsidP="00501AA4">
+          <w:pPr>
+            <w:pStyle w:val="ACS1bheaderdates"/>
+          </w:pPr>
+          <w:r>
+            <w:t>ISSN: 2522-4433 Print, ISSN: 2522-4441 Online</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="18BEAED1" w14:textId="77777777" w:rsidR="00501AA4" w:rsidRDefault="00501AA4" w:rsidP="00501AA4">
+          <w:pPr>
+            <w:pStyle w:val="ACS1bheaderdates"/>
+          </w:pPr>
+          <w:r>
+            <w:t>https://doi.org/10.35784/XXXX</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="09FEC4D8" w14:textId="3B1CFB14" w:rsidR="00501AA4" w:rsidRPr="00501AA4" w:rsidRDefault="00501AA4" w:rsidP="00501AA4">
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="5079" w:type="pct"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="6943"/>
+      <w:gridCol w:w="2270"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00501AA4" w14:paraId="04D65439" w14:textId="77777777" w:rsidTr="00786BC2">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3768" w:type="pct"/>
+        </w:tcPr>
+        <w:p w14:paraId="0DD2383C" w14:textId="77777777" w:rsidR="00501AA4" w:rsidRDefault="00501AA4" w:rsidP="00501AA4">
+          <w:pPr>
+            <w:pStyle w:val="heaederleftalignment"/>
+          </w:pPr>
+          <w:r w:rsidRPr="004A0302">
+            <w:t>Submitted: YYYY-MM-DD | Revised: YYYY-MM-DD | Accepted: YYYY-MM-DD</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1232" w:type="pct"/>
+        </w:tcPr>
+        <w:p w14:paraId="02C96FE5" w14:textId="7266E6B2" w:rsidR="00501AA4" w:rsidRPr="00501AA4" w:rsidRDefault="00501AA4" w:rsidP="00501AA4">
+          <w:pPr>
+            <w:pStyle w:val="ACS1bheaderdates"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+          <w:r w:rsidRPr="004A0302">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14873CF0" wp14:editId="2339867A">
+                <wp:extent cx="108000" cy="108000"/>
+                <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+                <wp:docPr id="1252979743" name="Graphic 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1252979743" name="Grafika 5"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId2">
+                          <a:extLst>
+                            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="108000" cy="108000"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+          <w:r w:rsidRPr="004A0302">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70E8AE24" wp14:editId="296D8148">
+                <wp:extent cx="108000" cy="108000"/>
+                <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+                <wp:docPr id="114521093" name="Graphic 6"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="114521093" name="Grafika 6"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId4">
+                          <a:extLst>
+                            <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="108000" cy="108000"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+          <w:r w:rsidRPr="004A0302">
+            <w:t xml:space="preserve"> CC-BY 4.0</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="3A552536" w14:textId="3B453665" w:rsidR="00501AA4" w:rsidRPr="00501AA4" w:rsidRDefault="00501AA4" w:rsidP="00501AA4"/>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="2A2A5211"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AB16F72C"/>
-    <w:lvl w:ilvl="0" w:tplc="E2E6553E">
+    <w:tmpl w:val="D6480D34"/>
+    <w:lvl w:ilvl="0" w:tplc="CDCEE7DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="SSPWT37itemize"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0807001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0807000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0807001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0807000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000002"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="534CEB7C"/>
+    <w:lvl w:ilvl="0" w:tplc="7B0628CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09842DA8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C3402338"/>
+    <w:lvl w:ilvl="0" w:tplc="71D0B74A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="References"/>
+      <w:lvlText w:val="[%1]"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
-[...88 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04220019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0422001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0422000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04220019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0422001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0422000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04220019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0422001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FFB4676"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BBC29E92"/>
+    <w:lvl w:ilvl="0" w:tplc="04220001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1145" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1865" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2585" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3305" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4025" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4745" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5465" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6185" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6905" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49E1119E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FCA26554"/>
+    <w:lvl w:ilvl="0" w:tplc="04220001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="523462D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8CBA2F6E"/>
+    <w:lvl w:ilvl="0" w:tplc="D3FC032A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1145" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1865" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2585" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3305" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4025" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4745" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5465" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6185" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6905" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1432701382">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="500893450">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="3" w16cid:durableId="1325401076">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1972056153">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="475612473">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1406880924">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1317996553">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:defaultTabStop w:val="420"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:evenAndOddHeaders/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="163"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00117101"/>
-[...321 lines deleted...]
-    <w:rsid w:val="00FF6487"/>
+    <w:rsidRoot w:val="0062701F"/>
+    <w:rsid w:val="000316FA"/>
+    <w:rsid w:val="0008405E"/>
+    <w:rsid w:val="000C482B"/>
+    <w:rsid w:val="000D73E9"/>
+    <w:rsid w:val="00126C07"/>
+    <w:rsid w:val="00126C1C"/>
+    <w:rsid w:val="0016196E"/>
+    <w:rsid w:val="0018076F"/>
+    <w:rsid w:val="001C10D9"/>
+    <w:rsid w:val="001E165B"/>
+    <w:rsid w:val="001E754F"/>
+    <w:rsid w:val="0024324D"/>
+    <w:rsid w:val="002A7A64"/>
+    <w:rsid w:val="002B0A73"/>
+    <w:rsid w:val="00312268"/>
+    <w:rsid w:val="00390250"/>
+    <w:rsid w:val="003A2DAF"/>
+    <w:rsid w:val="003B4F77"/>
+    <w:rsid w:val="003E4F46"/>
+    <w:rsid w:val="003F37FE"/>
+    <w:rsid w:val="004000BE"/>
+    <w:rsid w:val="00473B52"/>
+    <w:rsid w:val="004854E1"/>
+    <w:rsid w:val="004A0302"/>
+    <w:rsid w:val="004B006B"/>
+    <w:rsid w:val="004D0A59"/>
+    <w:rsid w:val="004D7DFF"/>
+    <w:rsid w:val="004E2460"/>
+    <w:rsid w:val="00501AA4"/>
+    <w:rsid w:val="005C4D4B"/>
+    <w:rsid w:val="005E5E10"/>
+    <w:rsid w:val="0062701F"/>
+    <w:rsid w:val="00660F57"/>
+    <w:rsid w:val="006648DB"/>
+    <w:rsid w:val="00671688"/>
+    <w:rsid w:val="006A2BB9"/>
+    <w:rsid w:val="006D6AA2"/>
+    <w:rsid w:val="006F24CF"/>
+    <w:rsid w:val="006F4304"/>
+    <w:rsid w:val="00745953"/>
+    <w:rsid w:val="00756247"/>
+    <w:rsid w:val="00757E6D"/>
+    <w:rsid w:val="00761966"/>
+    <w:rsid w:val="00764F08"/>
+    <w:rsid w:val="00786BC2"/>
+    <w:rsid w:val="00792496"/>
+    <w:rsid w:val="007B6A35"/>
+    <w:rsid w:val="007E3E4F"/>
+    <w:rsid w:val="007E4935"/>
+    <w:rsid w:val="00801EBA"/>
+    <w:rsid w:val="00821CFB"/>
+    <w:rsid w:val="00846AD6"/>
+    <w:rsid w:val="008E6F28"/>
+    <w:rsid w:val="00941BC5"/>
+    <w:rsid w:val="009736F9"/>
+    <w:rsid w:val="00986B4D"/>
+    <w:rsid w:val="009F134F"/>
+    <w:rsid w:val="00A356F4"/>
+    <w:rsid w:val="00A36F05"/>
+    <w:rsid w:val="00A56E4C"/>
+    <w:rsid w:val="00A6701D"/>
+    <w:rsid w:val="00AB3B78"/>
+    <w:rsid w:val="00AC07E0"/>
+    <w:rsid w:val="00AD648D"/>
+    <w:rsid w:val="00B82BA7"/>
+    <w:rsid w:val="00B90B95"/>
+    <w:rsid w:val="00BA14CD"/>
+    <w:rsid w:val="00BA1810"/>
+    <w:rsid w:val="00BB2955"/>
+    <w:rsid w:val="00BD758B"/>
+    <w:rsid w:val="00BE5DD8"/>
+    <w:rsid w:val="00C40457"/>
+    <w:rsid w:val="00C94AFC"/>
+    <w:rsid w:val="00CE5082"/>
+    <w:rsid w:val="00D046BC"/>
+    <w:rsid w:val="00D15DD1"/>
+    <w:rsid w:val="00D80B16"/>
+    <w:rsid w:val="00DF2D06"/>
+    <w:rsid w:val="00E12917"/>
+    <w:rsid w:val="00E540C5"/>
+    <w:rsid w:val="00E569DF"/>
+    <w:rsid w:val="00E918CB"/>
+    <w:rsid w:val="00EC33CF"/>
+    <w:rsid w:val="00ED2434"/>
+    <w:rsid w:val="00F11C9B"/>
+    <w:rsid w:val="00F2180A"/>
+    <w:rsid w:val="00F92639"/>
+    <w:rsid w:val="00FB0F16"/>
+    <w:rsid w:val="00FB2AC1"/>
+    <w:rsid w:val="00FE61B7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="uk-UA"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-[...1 lines deleted...]
-  <w14:docId w14:val="6B81622C"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="1BFD518B"/>
+  <w15:docId w15:val="{4CBE05E5-D545-4DEF-BEA5-68C3EB0F9F22}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...5 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000575EA"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...3 lines deleted...]
-    <w:link w:val="10"/>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002C28A4"/>
+    <w:rsid w:val="006648DB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240"/>
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...1 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT11articletype">
+    <w:name w:val="SSPWT1.1_article_type"/>
+    <w:basedOn w:val="SSPWT31text"/>
+    <w:next w:val="SSPWT12title"/>
+    <w:link w:val="SSPWT11articletype0"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT12title">
+    <w:name w:val="SSPWT1.2_title"/>
+    <w:next w:val="SSPWT13authornames"/>
+    <w:link w:val="SSPWT12title0"/>
+    <w:pPr>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:after="240" w:line="400" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="36"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT13authornames">
+    <w:name w:val="SSPWT_1.3_authornames"/>
+    <w:basedOn w:val="SSPWT31text"/>
+    <w:next w:val="SSPWT14history"/>
+    <w:link w:val="SSPWT13authornames0"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:snapToGrid/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT14history">
+    <w:name w:val="SSPWT_1.4_history"/>
+    <w:basedOn w:val="Acknowledgments"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SSPWT14history0"/>
+    <w:pPr>
+      <w:ind w:left="113"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:snapToGrid/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT16affiliation">
+    <w:name w:val="SSPWT_1.6_affiliation"/>
+    <w:basedOn w:val="Acknowledgments"/>
+    <w:link w:val="SSPWT16affiliation0"/>
+    <w:pPr>
+      <w:spacing w:before="0"/>
+      <w:ind w:left="311" w:hanging="198"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:snapToGrid/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT17abstract">
+    <w:name w:val="SSPWT_1.7_abstract"/>
+    <w:basedOn w:val="SSPWT31text"/>
+    <w:next w:val="keywords"/>
+    <w:link w:val="SSPWT17abstract0"/>
+    <w:pPr>
+      <w:spacing w:before="240"/>
+      <w:ind w:left="113" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:snapToGrid/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="keywords">
+    <w:name w:val="keywords"/>
+    <w:basedOn w:val="Abstract"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00117101"/>
+    <w:rsid w:val="004D7DFF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT19line">
+    <w:name w:val="SSPWT_1.9_line"/>
+    <w:basedOn w:val="SSPWT31text"/>
+    <w:link w:val="SSPWT19line0"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:ind w:firstLine="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:snapToGrid/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a4">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Mdeck5tablebodythreelines">
+    <w:name w:val="M_deck_5_table_body_three_lines"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="300" w:lineRule="exact"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:trPr>
+      <w:jc w:val="center"/>
+    </w:trPr>
+    <w:tcPr>
+      <w:vAlign w:val="center"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:wordWrap/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0" w:line="300" w:lineRule="exact"/>
+        <w:ind w:leftChars="0" w:left="0" w:rightChars="0" w:right="0" w:firstLineChars="0" w:firstLine="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:mirrorIndents w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="9"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="a1"/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
-[...2 lines deleted...]
-    <w:rsid w:val="003D578C"/>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
-      <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
-      <w:ind w:firstLine="700"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00ED680E"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderPicture">
-[...2 lines deleted...]
-    <w:rsid w:val="00396A28"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="3402"/>
-        <w:tab w:val="right" w:pos="7371"/>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWTheaderjournallogo">
+    <w:name w:val="SSPWT_header_journal_logo"/>
+    <w:pPr>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
+      <w:i/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-CH"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT32textnoindent">
+    <w:name w:val="SSPWT_3.2_text_no_indent"/>
+    <w:basedOn w:val="SSPWT31text"/>
+    <w:pPr>
+      <w:ind w:firstLine="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT33textspaceafter">
+    <w:name w:val="SSPWT_3.3_text_space_after"/>
+    <w:basedOn w:val="SSPWT31text"/>
+    <w:pPr>
+      <w:spacing w:after="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT35textbeforelist">
+    <w:name w:val="SSPWT_3.5_text_before_list"/>
+    <w:basedOn w:val="SSPWT31text"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT36textafterlist">
+    <w:name w:val="SSPWT_3.6_text_after_list"/>
+    <w:basedOn w:val="SSPWT31text"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT37itemize">
+    <w:name w:val="SSPWT_3.7_itemize"/>
+    <w:basedOn w:val="SSPWT31text"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="425" w:hanging="425"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bullet">
+    <w:name w:val="bullet"/>
+    <w:basedOn w:val="Text"/>
+    <w:link w:val="bulletChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="004D7DFF"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Equation">
+    <w:name w:val="Equation"/>
+    <w:basedOn w:val="Text"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="709" w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EquationNumber">
+    <w:name w:val="Equation Number"/>
+    <w:basedOn w:val="Text"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="260" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Acknowledgments">
+    <w:name w:val="Acknowledgments"/>
+    <w:link w:val="Acknowledgments0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:before="360" w:after="240" w:line="300" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT41tablecaption">
+    <w:name w:val="SSPWT_4.1_table_caption"/>
+    <w:basedOn w:val="Acknowledgments"/>
+    <w:link w:val="SSPWT41tablecaption0"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120" w:line="260" w:lineRule="atLeast"/>
+      <w:ind w:left="425" w:right="425"/>
+    </w:pPr>
+    <w:rPr>
+      <w:snapToGrid/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableBody">
+    <w:name w:val="Table Body"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableFooter">
+    <w:name w:val="Table_Footer"/>
+    <w:next w:val="Text"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT51figurecaption">
+    <w:name w:val="SSPWT_5.1_figure_caption"/>
+    <w:basedOn w:val="Acknowledgments"/>
+    <w:link w:val="SSPWT51figurecaption0"/>
+    <w:pPr>
+      <w:spacing w:line="260" w:lineRule="atLeast"/>
+      <w:ind w:left="425" w:right="425"/>
+    </w:pPr>
+    <w:rPr>
+      <w:snapToGrid/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT52figure">
+    <w:name w:val="SSPWT_5.2_figure"/>
+    <w:link w:val="SSPWT52figure0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT61Supplementary">
+    <w:name w:val="SSPWT_6.1_Supplementary"/>
+    <w:basedOn w:val="Acknowledgments"/>
+    <w:pPr>
+      <w:spacing w:before="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT63AuthorContributions">
+    <w:name w:val="SSPWT_6.3_AuthorContributions"/>
+    <w:basedOn w:val="Acknowledgments"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:color w:val="auto"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT64CoI">
+    <w:name w:val="SSPWT_6.4_CoI"/>
+    <w:basedOn w:val="Acknowledgments"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT31text">
+    <w:name w:val="SSPWT_3.1_text"/>
+    <w:link w:val="SSPWT31text0"/>
+    <w:pPr>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="260" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="425"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT23heading3">
+    <w:name w:val="SSPWT_2.3_heading3"/>
+    <w:basedOn w:val="SSPWT31text"/>
+    <w:link w:val="SSPWT23heading30"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT21heading1">
+    <w:name w:val="SSPWT_2.1_heading1"/>
+    <w:basedOn w:val="SSPWT23heading3"/>
+    <w:link w:val="SSPWT21heading10"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWT22heading2">
+    <w:name w:val="SSPWT_2.2_heading2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:kinsoku w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="120" w:line="140" w:lineRule="atLeast"/>
-[...2 lines deleted...]
-      <w:textAlignment w:val="baseline"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:before="240" w:after="120" w:line="260" w:lineRule="atLeast"/>
+      <w:jc w:val="left"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+      <w:i/>
+      <w:noProof/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableHead">
-[...2 lines deleted...]
-    <w:rsid w:val="00242ABD"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="References">
+    <w:name w:val="References"/>
+    <w:basedOn w:val="Acknowledgments"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:tabs>
-[...77 lines deleted...]
-      <w:contextualSpacing/>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="0" w:after="120" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a7">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
-[...61 lines deleted...]
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="14">
-[...2 lines deleted...]
-    <w:link w:val="13"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002C28A4"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...4 lines deleted...]
-    <w:rsid w:val="002C28A4"/>
+  <w:style w:type="character" w:styleId="LineNumber">
+    <w:name w:val="line number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="MDPI41threelinetable">
+    <w:name w:val="MDPI_4.1_three_line_table"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:trPr>
+      <w:jc w:val="center"/>
+    </w:trPr>
+    <w:tcPr>
+      <w:vAlign w:val="center"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...2 lines deleted...]
-    <w:link w:val="a9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="未处理的提及1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="41">
+    <w:name w:val="无格式表格 41"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="44"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:jc w:val="left"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SSPWTAbstract">
+    <w:name w:val="SSPWT_Abstract"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:after="360" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times" w:eastAsia="SimSun" w:hAnsi="Times"/>
+      <w:color w:val="auto"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PaperType">
+    <w:name w:val="Paper Type"/>
+    <w:basedOn w:val="SSPWT11articletype"/>
+    <w:link w:val="PaperType0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title16pt">
+    <w:name w:val="Title 16pt"/>
+    <w:link w:val="Title16ptChar"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2687"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="36"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SSPWT31text0">
+    <w:name w:val="SSPWT_3.1_text 字符"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="SSPWT31text"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SSPWT11articletype0">
+    <w:name w:val="SSPWT1.1_article_type 字符"/>
+    <w:basedOn w:val="SSPWT31text0"/>
+    <w:link w:val="SSPWT11articletype"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
+      <w:i/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PaperType0">
+    <w:name w:val="Paper Type 字符"/>
+    <w:basedOn w:val="SSPWT11articletype0"/>
+    <w:link w:val="PaperType"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:i/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AuthorNames">
+    <w:name w:val="AuthorNames"/>
+    <w:link w:val="AuthorNames0"/>
+    <w:qFormat/>
+    <w:rsid w:val="0018076F"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SSPWT12title0">
+    <w:name w:val="SSPWT1.2_title 字符"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="SSPWT12title"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="36"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Title16ptChar">
+    <w:name w:val="Title 16pt Char"/>
+    <w:basedOn w:val="SSPWT12title0"/>
+    <w:link w:val="Title16pt"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="36"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Affiliations">
+    <w:name w:val="Affiliations"/>
+    <w:link w:val="Affiliations0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SSPWT13authornames0">
+    <w:name w:val="SSPWT_1.3_authornames 字符"/>
+    <w:basedOn w:val="SSPWT31text0"/>
+    <w:link w:val="SSPWT13authornames"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
+      <w:b/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AuthorNames0">
+    <w:name w:val="AuthorNames 字符"/>
+    <w:basedOn w:val="SSPWT13authornames0"/>
+    <w:link w:val="AuthorNames"/>
+    <w:rsid w:val="0018076F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Correspondence">
+    <w:name w:val="Correspondence"/>
+    <w:basedOn w:val="SSPWT14history"/>
+    <w:link w:val="Correspondence0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Acknowledgments0">
+    <w:name w:val="Acknowledgments 字符"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Acknowledgments"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SSPWT16affiliation0">
+    <w:name w:val="SSPWT_1.6_affiliation 字符"/>
+    <w:basedOn w:val="Acknowledgments0"/>
+    <w:link w:val="SSPWT16affiliation"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Affiliations0">
+    <w:name w:val="Affiliations 字符"/>
+    <w:basedOn w:val="SSPWT16affiliation0"/>
+    <w:link w:val="Affiliations"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Abstract">
+    <w:name w:val="Abstract"/>
+    <w:link w:val="Abstract0"/>
+    <w:qFormat/>
+    <w:rsid w:val="00501AA4"/>
+    <w:pPr>
+      <w:spacing w:before="220"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SSPWT14history0">
+    <w:name w:val="SSPWT_1.4_history 字符"/>
+    <w:basedOn w:val="Acknowledgments0"/>
+    <w:link w:val="SSPWT14history"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Correspondence0">
+    <w:name w:val="Correspondence 字符"/>
+    <w:basedOn w:val="SSPWT14history0"/>
+    <w:link w:val="Correspondence"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SeparationLine">
+    <w:name w:val="Separation Line"/>
+    <w:link w:val="SeparationLine0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="260" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SSPWT17abstract0">
+    <w:name w:val="SSPWT_1.7_abstract 字符"/>
+    <w:basedOn w:val="SSPWT31text0"/>
+    <w:link w:val="SSPWT17abstract"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Abstract0">
+    <w:name w:val="Abstract 字符"/>
+    <w:basedOn w:val="SSPWT17abstract0"/>
+    <w:link w:val="Abstract"/>
+    <w:rsid w:val="00501AA4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
+    <w:name w:val="Heading1"/>
+    <w:link w:val="Heading10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E540C5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:before="360" w:after="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SSPWT19line0">
+    <w:name w:val="SSPWT_1.9_line 字符"/>
+    <w:basedOn w:val="SSPWT31text0"/>
+    <w:link w:val="SSPWT19line"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SeparationLine0">
+    <w:name w:val="Separation Line 字符"/>
+    <w:basedOn w:val="SSPWT19line0"/>
+    <w:link w:val="SeparationLine"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text">
+    <w:name w:val="Text"/>
+    <w:link w:val="Text0"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB3B78"/>
+    <w:pPr>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="425"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SSPWT23heading30">
+    <w:name w:val="SSPWT_2.3_heading3 字符"/>
+    <w:basedOn w:val="SSPWT31text0"/>
+    <w:link w:val="SSPWT23heading3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SSPWT21heading10">
+    <w:name w:val="SSPWT_2.1_heading1 字符"/>
+    <w:basedOn w:val="SSPWT23heading30"/>
+    <w:link w:val="SSPWT21heading1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading10">
+    <w:name w:val="Heading1 字符"/>
+    <w:basedOn w:val="SSPWT21heading10"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="00E540C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading2">
+    <w:name w:val="Heading2"/>
+    <w:link w:val="Heading20"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A2DAF"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:noProof/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Text0">
+    <w:name w:val="Text 字符"/>
+    <w:basedOn w:val="SSPWT31text0"/>
+    <w:link w:val="Text"/>
+    <w:rsid w:val="00AB3B78"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading30">
+    <w:name w:val="Heading3"/>
+    <w:link w:val="Heading31"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A2DAF"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading20">
+    <w:name w:val="Heading2 字符"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:rsid w:val="003A2DAF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:noProof/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet0">
+    <w:name w:val="Bullet"/>
+    <w:link w:val="Bullet1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading31">
+    <w:name w:val="Heading3 字符"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading30"/>
+    <w:rsid w:val="003A2DAF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tes">
+    <w:name w:val="Tes"/>
+    <w:basedOn w:val="SSPWT33textspaceafter"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bulletChar">
+    <w:name w:val="bullet Char"/>
+    <w:basedOn w:val="SSPWT31text0"/>
+    <w:link w:val="bullet"/>
+    <w:rsid w:val="004D7DFF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bullet1">
+    <w:name w:val="Bullet 字符"/>
+    <w:basedOn w:val="bulletChar"/>
+    <w:link w:val="Bullet0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FigureCaption">
+    <w:name w:val="Figure Caption"/>
+    <w:link w:val="FigureCaption0"/>
+    <w:qFormat/>
+    <w:rsid w:val="0018076F"/>
+    <w:pPr>
+      <w:ind w:left="425" w:right="340"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figure">
+    <w:name w:val="Figure"/>
+    <w:link w:val="Figure0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SSPWT51figurecaption0">
+    <w:name w:val="SSPWT_5.1_figure_caption 字符"/>
+    <w:basedOn w:val="Acknowledgments0"/>
+    <w:link w:val="SSPWT51figurecaption"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FigureCaption0">
+    <w:name w:val="Figure Caption 字符"/>
+    <w:basedOn w:val="SSPWT51figurecaption0"/>
+    <w:link w:val="FigureCaption"/>
+    <w:rsid w:val="0018076F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableCaption">
+    <w:name w:val="Table Caption"/>
+    <w:link w:val="TableCaption0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120"/>
+      <w:ind w:left="284" w:right="197"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SSPWT52figure0">
+    <w:name w:val="SSPWT_5.2_figure 字符"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="SSPWT52figure"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Figure0">
+    <w:name w:val="Figure 字符"/>
+    <w:basedOn w:val="SSPWT52figure0"/>
+    <w:link w:val="Figure"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SSPWT41tablecaption0">
+    <w:name w:val="SSPWT_4.1_table_caption 字符"/>
+    <w:basedOn w:val="Acknowledgments0"/>
+    <w:link w:val="SSPWT41tablecaption"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TableCaption0">
+    <w:name w:val="Table Caption 字符"/>
+    <w:basedOn w:val="SSPWT41tablecaption0"/>
+    <w:link w:val="TableCaption"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E33A32"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AD648D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-[...2 lines deleted...]
-    <w:link w:val="ac"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle01">
+    <w:name w:val="fontstyle01"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00AD648D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACS1bheaderdates">
+    <w:name w:val="ACS_1b_header_dates"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ACS1bheaderdatesChar"/>
+    <w:rsid w:val="00501AA4"/>
+    <w:pPr>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:i/>
+      <w:noProof/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F7509D"/>
+    <w:rsid w:val="0018076F"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00501AA4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="heaederleftalignment">
+    <w:name w:val="heaeder left alignment"/>
+    <w:basedOn w:val="ACS1bheaderdates"/>
+    <w:link w:val="heaederleftalignmentChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00501AA4"/>
     <w:pPr>
-      <w:tabs>
-[...67 lines deleted...]
-      <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="uk-UA"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
-[...4 lines deleted...]
-    <w:rsid w:val="001A0E2F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ACS1bheaderdatesChar">
+    <w:name w:val="ACS_1b_header_dates Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="ACS1bheaderdates"/>
+    <w:rsid w:val="00501AA4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="uk-UA"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:i/>
+      <w:noProof/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...9 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="heaederleftalignmentChar">
+    <w:name w:val="heaeder left alignment Char"/>
+    <w:basedOn w:val="ACS1bheaderdatesChar"/>
+    <w:link w:val="heaederleftalignment"/>
+    <w:rsid w:val="00501AA4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:color w:val="000000"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:i/>
+      <w:noProof/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006648DB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US"/>
-[...648 lines deleted...]
-      <w:iCs/>
+      <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...15 lines deleted...]
-  <w:optimizeForBrowser/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.tiff"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/DOI" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/XXXX-XXXX-XXXX-XXXX" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///E:\&#20020;&#26102;&#25991;&#20214;\&#33647;&#21270;\processes-template.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Офіс">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Офіс">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Офіс">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<mcd:customData xmlns="http://www.wps.cn/android/officeDocument/2013/mofficeCustomData" xmlns:mcd="http://www.wps.cn/android/officeDocument/2013/mofficeCustomData" version="2">
+  <mcd:comments/>
+</mcd:customData>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1216A0ED-D65F-4744-8BE1-C1C1E0DA6A99}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1188F8B2-BF8E-4D3B-80BF-B0C1F5EA13DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31FABE08-0839-488B-AB38-5B64263CA501}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.wps.cn/android/officeDocument/2013/mofficeCustomData"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>processes-template</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>16052</Characters>
+  <Pages>6</Pages>
+  <Words>10367</Words>
+  <Characters>5910</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>133</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18830</CharactersWithSpaces>
+  <CharactersWithSpaces>16245</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Petro Yasniy</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>song</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
-    <vt:bool>true</vt:bool>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
+    <vt:lpwstr>9a3262f8b85c43a8b1e1f9797828b6c6_22</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Mendeley Recent Style Id 0_1">
-[...69 lines deleted...]
-    <vt:lpwstr>87634aa814c7baf8e1b0aee4007210e70ff95dd8ff3c1f6e27b06b7cf100505a</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
+    <vt:lpwstr>7a89fadd-7383-4c4e-a2a1-abb9d22d03c1</vt:lpwstr>
   </property>
 </Properties>
 </file>